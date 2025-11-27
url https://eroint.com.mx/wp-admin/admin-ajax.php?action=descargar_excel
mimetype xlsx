--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -42,51 +42,51 @@
   </si>
   <si>
     <t>CANTIDAD</t>
   </si>
   <si>
     <t>SURTIDO</t>
   </si>
   <si>
     <t>DESCRIPCIÓN</t>
   </si>
   <si>
     <t>P. UNIT</t>
   </si>
   <si>
     <t>IMPORTE</t>
   </si>
   <si>
     <t>ERO INTERNACIONAL S.A. DE C.V.
 CALLE EL ZAPOTE # 1870 COL. EL TIGRE
 ZAPOPAN JALISCO MÉXICO
 C.P. 45134 TEL: 33 3633 1024
 RFC: EIN080311BJ4
 www.eroint.com.mx</t>
   </si>
   <si>
-    <t>FECHA: 12-Oct-25</t>
+    <t>FECHA: 27-Nov-25</t>
   </si>
   <si>
     <t>NOMBRE DE CLIENTE:</t>
   </si>
   <si>
     <t>NOMBRE DE VENDEDOR:</t>
   </si>
   <si>
     <t>SURTIDO ALMACÉN / COMENTARIOS:</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>IVA</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>PRECIOS SUJETOS A CAMBIOS SIN PREVIO AVISO. OFERTAS VÁLIDAS HASTA AGOTAR EXISTENCIA O PERIODO DE LA MISMA.
 NO HAY GARANTIA EN PARTES ELÉCTRICAS O COMPRESORES. PARA EL RESTO DE PARTES SÓLO POR DEFECTO DE FÁBRICA Y EL CAMBIO ESTÁ SUJETO A REVISIÓN.</t>
   </si>
 </sst>
 </file>