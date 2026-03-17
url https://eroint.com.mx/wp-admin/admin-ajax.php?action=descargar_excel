--- v1 (2025-11-27)
+++ v2 (2026-03-17)
@@ -42,51 +42,51 @@
   </si>
   <si>
     <t>CANTIDAD</t>
   </si>
   <si>
     <t>SURTIDO</t>
   </si>
   <si>
     <t>DESCRIPCIÓN</t>
   </si>
   <si>
     <t>P. UNIT</t>
   </si>
   <si>
     <t>IMPORTE</t>
   </si>
   <si>
     <t>ERO INTERNACIONAL S.A. DE C.V.
 CALLE EL ZAPOTE # 1870 COL. EL TIGRE
 ZAPOPAN JALISCO MÉXICO
 C.P. 45134 TEL: 33 3633 1024
 RFC: EIN080311BJ4
 www.eroint.com.mx</t>
   </si>
   <si>
-    <t>FECHA: 27-Nov-25</t>
+    <t>FECHA: 17-Mar-26</t>
   </si>
   <si>
     <t>NOMBRE DE CLIENTE:</t>
   </si>
   <si>
     <t>NOMBRE DE VENDEDOR:</t>
   </si>
   <si>
     <t>SURTIDO ALMACÉN / COMENTARIOS:</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>IVA</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>PRECIOS SUJETOS A CAMBIOS SIN PREVIO AVISO. OFERTAS VÁLIDAS HASTA AGOTAR EXISTENCIA O PERIODO DE LA MISMA.
 NO HAY GARANTIA EN PARTES ELÉCTRICAS O COMPRESORES. PARA EL RESTO DE PARTES SÓLO POR DEFECTO DE FÁBRICA Y EL CAMBIO ESTÁ SUJETO A REVISIÓN.</t>
   </si>
 </sst>
 </file>